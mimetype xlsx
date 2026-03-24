--- v0 (2025-12-25)
+++ v1 (2026-03-24)
@@ -54,629 +54,629 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Jorge Enéas Mineiro de Souza</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/485/pl_no_01-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/485/pl_no_01-1995.pdf</t>
   </si>
   <si>
     <t>Muda denominação de RUAS para AVENIDAS.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/486/pl-no-02-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/486/pl-no-02-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza assinar convênio com o alotado de Minas Gerais, através da Polícia Militar de Minas Gerais.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/487/pl-no-03-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/487/pl-no-03-1995.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de loteamentos urbanos, denominação de vias públicas e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/488/pl-no-07-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/488/pl-no-07-1995.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Secretaria Municipal de Ação Social e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/489/pl-no-08-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/489/pl-no-08-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza contratar pessoal para as áreas de Educação e Saúde, da Prefeitura Municipal de Capitão Enéas - MG.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>José Dalço</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/490/pl-no-09-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/490/pl-no-09-1995.pdf</t>
   </si>
   <si>
     <t>Fica denominada rua Luís Pinheiro Lima a rua 13 da planta cadastral da cidade localizada no bairro Sapé.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/491/pl-no-10-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/491/pl-no-10-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza assinar convênio com o Departamento Estadual de Telecomunicações de Minas Gerais - DETEL/MG, Telecomunicações de Minas Gerais S/A-TELEMIG e este Município de Capitão Enéas - MG.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/492/pl-no-12-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/492/pl-no-12-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza assinar convênio com a Companhia Energética de Minas Gerais - CEMIG, e dá outras providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/493/pl-no-13-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/493/pl-no-13-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza assinar convênio com o Departamento de Estradas de Rodagem - DER/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/494/pl-no-14-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/494/pl-no-14-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza assinar convênio com o Estado de Minas Gerais, através da Secretaria de Estado de Assuntos Municipais - SEAM.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/495/pl-no-15-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/495/pl-no-15-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a repassar recursos financeiros a Associação Comunitária dos Moradores do Distrito de Caçarema e dá outras providências.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/496/pl-no-16-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/496/pl-no-16-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar terreno do município, para a Cooperativa dos Produtores Rurais de Capitão Enéas -MG - COOPERCEL LTDA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Délio A. de Oliveira Filho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/497/pl-no-17-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/497/pl-no-17-1995.pdf</t>
   </si>
   <si>
     <t>Reconhecimento de Utilidade Pública - Conselho de Desenvolvimento Comunitário de Caçarema.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Orlandinho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/498/pl-no-18-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/498/pl-no-18-1995.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prioridade dos estudantes universitários no uso do "ônibus dos estudantes."</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/499/pl-no-20-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/499/pl-no-20-1995.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Aquisição de Ônibus Escolar para a E.E. Jose Patrício da Silveira, Distrito de Caçarema, neste município.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/500/pl-no-21-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/500/pl-no-21-1995.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes para elaboração do orçamento do exercício de 1996 e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/501/pl-no-22-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/501/pl-no-22-1995.pdf</t>
   </si>
   <si>
     <t>Estabelece forma de pagamento do Imposto Predial e Territorial Urbano - IPTU, e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/502/pl-no-24-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/502/pl-no-24-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo à participar do Consócio Intermunicipal de Saúde dos Municípios_x000D_
 de Capitão Enéas, Francisco Sá, Grão Mogol, Botumirim e Cristália-MG.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Darcy da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/503/pl-no-25-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/503/pl-no-25-1995.pdf</t>
   </si>
   <si>
     <t>Reconhecimento de Utilidade Pública - Associação dos Moradores do Bairro Morada do Sol.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/504/pl-no-26-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/504/pl-no-26-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito Municipal de Capitão Enéas - MG, à abrir Crédito Especial no valor de R$0,527,00 (Quatro mil, quinhentos e vinte e sete reais), para aquisição de trator e implementas agrícolas, para a Comunidade de Santana, neste município.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/505/pl-no-27-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/505/pl-no-27-1995.pdf</t>
   </si>
   <si>
     <t>Reconhecimento de Utilidade Pública - Associação Comunitária dos Moradores do Bairro Manoel Vaqueiro.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/506/pl-no-28-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/506/pl-no-28-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.260,12 (Seis mil duzentos e sessenta reais e_x000D_
 doze centavos), à titulo de contrapartida do projeto de calçamento do Povoado de Orion, neste município.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/507/pl-no-29-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/507/pl-no-29-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.316,46 (Seis mil trezentos e dezesseis reais_x000D_
 O quarenta e seis centavos), à titulo de contrapartida do projeto de calçamento do Distrito de_x000D_
 Caçarema, neste município.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/508/pl-no-30-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/508/pl-no-30-1995.pdf</t>
   </si>
   <si>
     <t>Concede Isenção de Imposto ao Banco do Brasil S/A.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>José Sidney</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/509/pl-no-31-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/509/pl-no-31-1995.pdf</t>
   </si>
   <si>
     <t>Fica denominado Posto Odontológico Damásio Pereira, o Posto Odontológico do Distrito de Caçarema.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/510/pl-no-35-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/510/pl-no-35-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.318,67 (Seis mil trezentos e dezoito reais e_x000D_
 sessenta e sete centavos), à título de contrapartida do projeto de calçamento do bairro Sapé, nesta cidade.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/511/pl-no-36-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/511/pl-no-36-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.246,76 (Seis mil duzentos e quarenta e_x000D_
 seis reais e setenta e seis centavos), à título de contrapartida do projeto de calçamento do Povoado de Virgilândia, neste município.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/512/pl-no-37-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/512/pl-no-37-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.180,91 (Seis mil cento e oitenta reais e_x000D_
 noventa e um centavos), à título de contrapartida do projeto de calçamento do bairro Central,_x000D_
 nesta cidade.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/513/pl-no-38-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/513/pl-no-38-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.268,06 (Seis mil duzentos e sessenta e oito_x000D_
 reais e seis centavos), à título de contrapartida do projeto de calçamento do bairro Santo_x000D_
 Antônio, nesta cidade.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/514/pl-no-39-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/514/pl-no-39-1995.pdf</t>
   </si>
   <si>
     <t>Reconhecimento de Utilidade Publica - Associação Comunitária Rural de Baixada.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/515/pl-no-40-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/515/pl-no-40-1995.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/516/pl-no-41-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/516/pl-no-41-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a doar terreno do município, para a firma Cerâmica Mutirama Ltda.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/517/pl-no-42-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/517/pl-no-42-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 6.798,27 (Seis mil, setecentos e noventa e_x000D_
 oito reais e vinte e sete centavos), à título de contrapartida do projeto de construção de_x000D_
 uma ponte de concreto na comunidade de Malhada Real, neste município.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/518/pl-no-43-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/518/pl-no-43-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 3.600,00 (Três mil e seiscentos reais), para_x000D_
 fazer face a contribuição do Consórcio Intermunicipal de Saúde.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/519/pl-no-45-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/519/pl-no-45-1995.pdf</t>
   </si>
   <si>
     <t>Autoriza abrir Crédito Especial no valor de R$ 3.080,89 (Três mil, oitenta reais e oitenta_x000D_
 e nove centavos), à título de contrapartida do projeto de construção de 01 (um) Centro Comunitário no bairro Morada do Sol, nesta cidade.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/475/projeto_de_resolucao-no-01-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/475/projeto_de_resolucao-no-01-1995.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos do Regimento Interno.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>Carlinhos Priquitão, Darcy da Farmácia, José Dalço, Orlandinho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/383/pre_no02-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/383/pre_no02-1995.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 189 do Regimento Interno da Câmara Municipal de Capitão Enéas-MG.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Antônio de Genera</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/481/resolucao-no-04-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/481/resolucao-no-04-1995.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre remuneração dos vereadores e presidente da Câmara Municipal de Capitão Enéas-MG.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antônio de Genera, Délio A. de Oliveira Filho, José Antônio Ferreira da Silva, José Sidney, José Silvestre de Brito</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/476/projeto_resolucao-no-05-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/476/projeto_resolucao-no-05-1995.pdf</t>
   </si>
   <si>
     <t>Institui Comissão de Ética Parlamentar na Câmara Municipal.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/482/resolucao-no-07-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/482/resolucao-no-07-1995.pdf</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>Carlinhos Priquitão</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/477/projeto_resolucao-no-08-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/477/projeto_resolucao-no-08-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Dr. Arlen de Paula Santiago e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/478/projeto_resolucao-no-09-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/478/projeto_resolucao-no-09-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Benemérito ao Sr. Deraldo Ferreira Antunes e dá outras providências</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/479/projeto_resolucao-no-10-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/479/projeto_resolucao-no-10-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Venceslau Ferreira Ruas e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/480/projeto_resolucao-no-11-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/480/projeto_resolucao-no-11-1995.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Sr. Dr. Jorge Geraldo Silveira e dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/473/pelo-01-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/473/pelo-01-1995.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/474/pelo-02-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/474/pelo-02-1995.pdf</t>
   </si>
   <si>
     <t>Modifica dispositivos da Lei Orgânica do Município de Capitão Enéas-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/520/veto-ao-pl-no-18-1995.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/520/veto-ao-pl-no-18-1995.pdf</t>
   </si>
   <si>
     <t>Veto ao Projeto de Lei nº 18/95, que dispõe sobre prioridade dos estudantes universitários,_x000D_
 no uso do ônibus estudantil.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -984,68 +984,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/485/pl_no_01-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/486/pl-no-02-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/487/pl-no-03-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/488/pl-no-07-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/489/pl-no-08-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/490/pl-no-09-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/491/pl-no-10-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/492/pl-no-12-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/493/pl-no-13-1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/494/pl-no-14-1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/495/pl-no-15-1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/496/pl-no-16-1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/497/pl-no-17-1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/498/pl-no-18-1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/499/pl-no-20-1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/500/pl-no-21-1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/501/pl-no-22-1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/502/pl-no-24-1995.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/503/pl-no-25-1995.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/504/pl-no-26-1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/505/pl-no-27-1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/506/pl-no-28-1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/507/pl-no-29-1995.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/508/pl-no-30-1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/509/pl-no-31-1995.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/510/pl-no-35-1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/511/pl-no-36-1995.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/512/pl-no-37-1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/513/pl-no-38-1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/514/pl-no-39-1995.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/515/pl-no-40-1995.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/516/pl-no-41-1995.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/517/pl-no-42-1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/518/pl-no-43-1995.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/519/pl-no-45-1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/475/projeto_de_resolucao-no-01-1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/383/pre_no02-1995.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/481/resolucao-no-04-1995.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/476/projeto_resolucao-no-05-1995.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/482/resolucao-no-07-1995.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/477/projeto_resolucao-no-08-1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/478/projeto_resolucao-no-09-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/479/projeto_resolucao-no-10-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/480/projeto_resolucao-no-11-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/473/pelo-01-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/474/pelo-02-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/520/veto-ao-pl-no-18-1995.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/485/pl_no_01-1995.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/486/pl-no-02-1995.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/487/pl-no-03-1995.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/488/pl-no-07-1995.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/489/pl-no-08-1995.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/490/pl-no-09-1995.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/491/pl-no-10-1995.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/492/pl-no-12-1995.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/493/pl-no-13-1995.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/494/pl-no-14-1995.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/495/pl-no-15-1995.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/496/pl-no-16-1995.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/497/pl-no-17-1995.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/498/pl-no-18-1995.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/499/pl-no-20-1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/500/pl-no-21-1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/501/pl-no-22-1995.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/502/pl-no-24-1995.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/503/pl-no-25-1995.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/504/pl-no-26-1995.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/505/pl-no-27-1995.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/506/pl-no-28-1995.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/507/pl-no-29-1995.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/508/pl-no-30-1995.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/509/pl-no-31-1995.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/510/pl-no-35-1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/511/pl-no-36-1995.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/512/pl-no-37-1995.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/513/pl-no-38-1995.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/514/pl-no-39-1995.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/515/pl-no-40-1995.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/516/pl-no-41-1995.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/517/pl-no-42-1995.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/518/pl-no-43-1995.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/519/pl-no-45-1995.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/475/projeto_de_resolucao-no-01-1995.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/383/pre_no02-1995.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/481/resolucao-no-04-1995.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/476/projeto_resolucao-no-05-1995.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/482/resolucao-no-07-1995.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/477/projeto_resolucao-no-08-1995.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/478/projeto_resolucao-no-09-1995.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/479/projeto_resolucao-no-10-1995.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/480/projeto_resolucao-no-11-1995.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/473/pelo-01-1995.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/474/pelo-02-1995.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/1995/520/veto-ao-pl-no-18-1995.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="108.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="217" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>