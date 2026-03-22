--- v0 (2025-12-25)
+++ v1 (2026-03-22)
@@ -54,1247 +54,1247 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jorginho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/69/01-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/69/01-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize melhorias no campo do Bairro Sapé (próximo ao Cemitério).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/70/02-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/70/02-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize o patrolamento e cascalhamento nas seguintes Ruas:_x000D_
 - Rua José Farias, Bairro Sapé;_x000D_
 - Rua L, Bairro Santo Antônio;_x000D_
 - Rua G, Bairro Santo Antônio, próximo à creche.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/71/03-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/71/03-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie a limpeza e roçada dos matos no entorno da Barragem Adão da Rocha.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Diogo da Santana</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/72/04-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/72/04-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie a ampliação, iluminação e abastecimento de água do Cemitério do Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Alex Chicletinho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/73/05-2022_-_alex_alves.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/73/05-2022_-_alex_alves.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize recurso para a construção de uma Praça Pública, no Bairro Central, próximo à estação ferroviária.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/74/06-2022_-_alex_alves.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/74/06-2022_-_alex_alves.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie pavimentação asfáltica na Rua 03, no Bairro Central.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/75/07-2022_-_alex_alves.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/75/07-2022_-_alex_alves.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie manutenção na Rua 36, no Bairro Morada do Sol.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Lício Souto</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/76/08-2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/76/08-2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Obras faça o agendamento para a realização de um Mutirão de Limpeza, no Distrito de Caçarema.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/77/09-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/77/09-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize recurso financeiro para a construção de uma Capela de Velório, no Bairro Sapé.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/78/10-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/78/10-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize o cumprimento da Lei Municipal 621/2002, de 21 de agosto de 2002.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/79/11-2022_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/79/11-2022_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie a manutenção na Estrada da Produção e Estrada da Lagoinha.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Ney de Bau</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/80/12-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/80/12-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize a construção de um campo de futebol, com alambrados e grama, no Bairro Morada do Parque.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/81/13-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/81/13-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize a pavimentação asfáltica nas Ruas e Avenidas dos Bairros: Santo Antônio, Vila Mariana, Bela Vista e Central.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/82/14-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/82/14-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie o cascalhamento nas seguintes estradas rurais:_x000D_
 - Serafim;_x000D_
 - Poço Doce;_x000D_
 - Barreiro de Dentro.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Toninho Macedo</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/83/15-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/83/15-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal providencie a recuperação da estrada que dá acesso o Distrito de Santana da Serra ao Rio Verde.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/84/16-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/84/16-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal viabilize a manutenção e revitalização da Praça do Distrito de Santana da Serra, bem como a instalação da Academia ao Ar Livre e Construção de 02(dois) banheiros.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/85/17-2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/85/17-2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Que se oficie ao Procurador-Geral do Município, Sr. Teddy Marques Farias Júnior, solicitando que o Município notifique a Ferrovia Centro Atlântica – FCA e a VLI que providencie a desobstrução dos trilhos no Distrito de Caçarema.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/86/18-2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/86/18-2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Que se oficie ao Secretário Municipal de Saúde, Sr. Adriano Souza Santos, que até a conclusão da reforma na Unidade Básica de Saúde do Distrito de Caçarema, que os atendimentos dos pacientes odontológicos sejam transferidos, temporariamente, para a UBS de Virgilândia.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/92/19-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/92/19-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie convênio/parceria com as Associações Comunitárias do Município, que estejam legalmente regularizadas, com o objetivo de contribuir com ajuda de custo, para garantir e fortalecer aos interesses comuns dos Associados.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/93/20-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/93/20-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize a retomada do atendimento odontológico na Unidade Básica de Saúde, na Comunidade do Orion.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/21-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/21-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o patrolamento na estrada de acesso ao Córrego Seco, o trecho é de aproximadamente três quilômetros, que está em péssimas condições, com isso, dificultando o tráfego de nove famílias que dependem diretamente da referida estrada.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/22-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/22-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o transporte escolar, para as Comunidades de Poço Doce e Serafim para buscar os alunos daquela localidade.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/23-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/23-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, que providencie a pavimentação asfáltica, iluminação e revitalização no em torno da Barragem Adão da Rocha.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/24-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/24-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que envie a esta Casa Legislativa Projeto de Lei que dispõe sobre o Plano de Carreira dos Funcionários Públicos Municipais do nosso Município.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Vando Peres</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/25-2022_-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/25-2022_-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize recurso financeiro para a realização de pavimentação asfáltica nas seguintes Avenidas: - Av. Antônio Miguel; Av. Presidente Costa e Silva; Av. Pio Mineiro; Av. Presidente Castelo Branco e Av. José Geraldo de Almeida, no Bairro Zona Sul.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/26-2022_-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/26-2022_-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize recursos financeiros para a construção de uma quadra poliesportiva no Bairro Morada do Sol, como também aquisição de terreno para a construção de quadra poliesportiva nos Bairros Manoel Vaqueiro e São Sebastião.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/27-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/27-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o serviço de roçada na estrada que dá acesso ao Poção, entre Geraldão até o Rio Verde Grande. Justificativa: O mato crescido atrapalha a visibilidade de quem trafega na referida estrada.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/28-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/28-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que inicie a operação tapa-buracos na Avenida Professor José Monteiro da Fonseca; na Rua João Francisco dos Santos (em frente Sr. Laércio), e em torno da Praça Augusto da Rocha, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/29-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/29-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a reforma nas Praças Joaquim Corrêa de Araújo, no Centro e Augusto da Rocha, no Bairro Santo Antônio.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/30-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/30-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize o cumprimento da Lei Municipal 881/2015, de 12 de março de 2015, dispõe sobre a Instituição do Programa Bolsa Transporte Universitário para custeio do Transporte Escolar para estudantes universitários, de cursos técnicos, técnicos profissionalizantes ou tecnólogos, como política de incentivo educacional do Município de Capitão Enéas/MG e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/31-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/31-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que restabeleça o atendimento médico nas Comunidades do Bico da Pedra e Barreio de Dentro.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/111/32-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/111/32-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a contratação de um guarda noturno para os prédios públicos do Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/33-2022_-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/33-2022_-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o cascalhamento e patrolamento das Ruas Valeriano de Almeida e Clemente Bezerra.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/112/34-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/112/34-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a reforma e manutenção na estrada vicinal do Boqueirão, no Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/35-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/35-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o patrolamemto no corredor que dá acesso a Comunidade de Bico da Pedra e Barreiro de Dentro.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/36-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/36-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que notifique a Empresa responsável pela reforma da Policlínica e reforma da Quadra Poliesportiva, no Distrito de Santana da Serra, para que sejam retomados, imediatamente, os serviços contratados.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/37-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/37-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o serviço de operação paliativa de tapa buracos na Av. Dona Ana Maria, no Bairro Central.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/38-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/38-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize um estudo técnico para implantação de sinalização de trânsito, principalmente a instalação de redutores de velocidade, tipo quebra-molas, e faixa elevada em frente às Escolas Municipais e Estaduais.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/39-2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/39-2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Secretário Municipal de Saúde, Sr. Adriano Souza Santos, que providencie a aquisição de mobília para a Unidade Básica de Saúde, no Povoado de Virgilândia.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/40_-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/40_-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que envie a essa Casa Legislativa Projeto de Lei para regulamentar o reajuste de 33,24% no Piso Salarial do Magistério Público da Educação Básica do Município de Capitão Enéas.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Gilson da Farmácia</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/41-gilson_farias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/41-gilson_farias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie, com urgência, o serviço de terraplanagem no campo de futebol do Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/42-gilson_farias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/42-gilson_farias.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Secretário Municipal de Agricultura, Sr. José Marley dos Santos, que viabilize a Feirinha Itinerante nos Distritos de Caçarema e Santana da Serra, e nos Povoados de Orion e Virgilândia.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie, com urgência, um consultório odontológico equipado e adequado para atender a população na extração de dente siso, RX, tratamento de canal e prótese dentária.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/44-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/44-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a reforma do prédio que funcionava a antiga escola do Serrote, para que sejam retomados os atendimentos de saúde no referido local.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/45-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/45-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie junto ao setor competente, a limpeza e manutenção das Ruas e Avenidas do Bairro Morada do Sol.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/46-2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/46-2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja criada a Feira Cultural de Artes, Artesanato, Gastronomia e de Lazer do Município de Capitão Enéas, destinada a promover todas as manifestações culturais ligadas às artes, ao artesanato, às antiguidades, à gastronomia local e ao lazer.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/124/47-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/124/47-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a construção de uma Praça com Campo Society em frente à UBS Jacinto Teixeira da Silva, no Bairro Central.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/48-2022_-_oldiney.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/48-2022_-_oldiney.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize a construção de Praças no Bairro Residencial Burarama e Bairro Morada do Parque.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/49_-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/49_-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize recursos financeiros para a construção de um CEMEI e uma Quadra Poliesportiva, no Bairro Morada do Sol; e construção de uma Quadra Poliesportiva, no Bairro Manoel Vaqueiro.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/50-jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/50-jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize a colocação de meio fio nas ruas dos bairros: Sapé, São Sebastião e Manoel Vaqueiro.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/51-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/51-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o serviço de operação paliativa de tapa buracos na Avenida Pedro Mineiro.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/52-2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/52-2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal para que seja feito as faixas (pintura) nos Quebra molas, pois os motoristas não estão conseguindo visualizar os mesmos.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/53-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/53-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie, com urgência, o pagamento do transporte escolar.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/54-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/54-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Executivo Municipal solicitando uma reforma geral na Escola Municipal Manoel Crispim, no Povoado do Mocambo.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Solicita ao executivo municipal que através da Defesa Civil Municipal realize a verificação in loco de todos os espaços e prédios públicos, com adequação estrutural a fim de garantir a prevenção de acidentes e promover entre os servidores treinamento para possíveis situações de risco (acidentes, incêndios, etc).</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/56-gilson_farias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/56-gilson_farias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie, com urgência, a instalação de 03 (três) postes de energia elétrica na Rua G, no Povoado de Orion. Solicita ainda que seja feita a limpeza naquela referida rua.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/57-gilson_farias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/57-gilson_farias.pdf</t>
   </si>
   <si>
     <t>Solicita ao Secretário Municipal de Saúde, que providencie, com urgência, a aquisição de materiais nas unidades de saúde para os seguintes procedimentos odontológicos: Extração de dentes, obturações, aplicação de flúor, limpeza, uma vez que foi observada a falta de anestésico para tais procedimentos.  Na oportunidade solicita também a manutenção dos consultórios odontológicos.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/58-gilson_farias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/58-gilson_farias.pdf</t>
   </si>
   <si>
     <t>Solicita a Copasa – Companhia de Saneamento de Minas Gerais, a instalação de rede de esgoto na Rua Délio de Almeida, próximo ao número 137, ao lado da antiga Nestlé.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/59-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/59-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a reabertura da Biblioteca Pública Municipal.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/60-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/60-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a reforma e encascalhamento da Rua Jacinto Landulfo Teixeira, no Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/61-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/61-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o patrolamento e encascalhamento da estrada que dá acesso a Comunidade do Córrego, nas imediações de Capitão Enéas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/62-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/62-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a manutenção e revisão, urgente, do ônibus municipal que faz o transporte dos estudantes da Comunidade do Serrote para o Distrito de Caçarema.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/153/63-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/153/63-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize pavimentação (asfalto ou bloquete), para as seguintes Avenidas:_x000D_
 - Av. José Geraldo de Almeida;_x000D_
 - Av. Álvaro Moreira;_x000D_
 - Av. Dona Odília Matos;_x000D_
 - Av. Pio Mineiro (trecho final, próximo ao Bairro Morada do Sol);_x000D_
 - Av. Antônio Lopes;_x000D_
 - Av. Dona Ciba;_x000D_
 - Av. Clemente Bezerra;_x000D_
 - Av. Antônio Miguel.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/154/64-_vando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/154/64-_vando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie, junto aos órgãos competentes, a implantação de extensão de rede elétrica nas residências, localizadas no fundo da Cavan.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/155/65_-_2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/155/65_-_2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que seja criado Projeto de Lei que dispõe sobre a instituição do Programa Vale Feira no âmbito do Município de Capitão Enéas/MG.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/157/66-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/157/66-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal e a Secretaria Municipal de Saúde que proceda o pagamento do reajuste do piso salarial profissional nacional das carreiras de Agente Comunitário de Saúde e Agente Comunitário de Endemias.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/158/67_-_jorge_rocha.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/158/67_-_jorge_rocha.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal a doação de parte de terreno urbano localizado à Avenida Pedro Mineiro, nº 01 da quadra nº 140, do loteamento “Burarama” onde estão para o Instituto de Previdência Municipal de Capitão Enéas – PrevCap.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/68-_2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/68-_2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a substituição da Caixa d’Água de Gracino, que abastece a Comunidade de Cana Brava.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/160/69_-_2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/160/69_-_2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que concretize o Projeto de abastecimento de água, no Povoado do Peço do Pedro, abrangendo 18(dezoito) famílias que sofrem pela falta de água.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/70_-_2022_-_carlos_orlando.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/70_-_2022_-_carlos_orlando.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal, que viabilize junto a Secretaria competente a poda das árvores na Av. Santa Maria e Av. Padre Silvestre, no Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/156/71_-_2022_-_licio.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/156/71_-_2022_-_licio.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que viabilize recurso financeiro para revitalizar a Praça ao lado da UBS no Distrito de Caçarema, bem como a implantação de academia ao ar livre e construção de uma quadra de peteca, para incentivo ao esporte e lazer.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/162/72-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/162/72-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a construção de redutores de velocidade, em frente à Escola Estadual José Patrício da Silveira, no Distrito de Caçarema e no CEMEI Maria Silvestre de Souza, no Distrito de Santana da Serra.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/73-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/73-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie o patrolamento e encascalhamento da estrada que dá acesso a Fazenda Santa Ângela até o asfalto.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/74-2022_-_antonio_macedo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/74-2022_-_antonio_macedo.pdf</t>
   </si>
   <si>
     <t>Solicita a Secretária Municipal de Desenvolvimento e Assistência Social, Sra. Maria de Lourdes Mendes Maia Teixeira, que faça uma visita no Distrito de Santana da Serra, especificamente na residência localizada na Rua Abel Ferreira, 217.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/mocao_01_pesar_-_deley.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/mocao_01_pesar_-_deley.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar á família do Sr. Wanderley Pereira Pinheiro.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/mocao_02_aplausos-_amaury_dias_murca.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/mocao_02_aplausos-_amaury_dias_murca.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Senhor Amaury Dias Murça, pelos 32 anos de serviços prestados à Prefeitura de Capitão Enéas.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Moção de Apoio aos trabalhadores da Rede Estadual de Ensino de Minas Gerais.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Tássio Dutra</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/141/mocao_04_aplausos-_adam_renanne.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/141/mocao_04_aplausos-_adam_renanne.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. Adam Renanne Souza Felizardo.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_05_-_apoio-_ao_projeto_de_lei_que_institui_o_piso_salarial_da_emfermagem.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_05_-_apoio-_ao_projeto_de_lei_que_institui_o_piso_salarial_da_emfermagem.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Lei Nº 2.564/2020, de Autoria do Senador Fabiano Contarato, “Altera a Lei Nº 7.498 de 25 de Junho de 1986, para Instituir o Piso Nacional do Enfermeiro, do Técnico de Enfermagem, Auxiliar de Enfermagem e da Parteira”.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/mocao_06_pesar-_clara_maria_de_jesus_-_teia.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/mocao_06_pesar-_clara_maria_de_jesus_-_teia.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar a família da Senhora Clara Maria de Jesus - Teia.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/mocao_07_pesar-_jacy_dos_santos.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/mocao_07_pesar-_jacy_dos_santos.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do Senhor Jacy dos Santos.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_01-2022_-_entidades_religiosas.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_01-2022_-_entidades_religiosas.pdf</t>
   </si>
   <si>
     <t>Estabelece as Entidades Religiosas e Templos de Qualquer Culto Como Atividade Essencial em Períodos de Emergência em Saúde ou Calamidade Pública no Município de Capitão Enéas.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Reinaldo Landulfo Teixeira</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_02-2022_-_cessao_de_servidor.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_02-2022_-_cessao_de_servidor.pdf</t>
   </si>
   <si>
     <t>Autoriza a cessão de servidor público para o fim que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_03-2022_-_atualizacao_dos_vencimentos_do_legislativo.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_03-2022_-_atualizacao_dos_vencimentos_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização dos vencimentos dos cargos do quadro de Pessoal do Legislativo Municipal e contém outras providências.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/pl04-2022.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/pl04-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Abertura de Crédito Adicional Especial ao Orçamento do Município de Capitão Enéas para o Exercício Financeiro de 2022 e Atualiza a Lei Municipal Nº 989/2021 – Plano Plurianual para o período de 2022 a 2025, com fundamento no Artigo 43, da Lei 4.320/1964, e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_05-2022_-_altera_feriados_municipais.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_05-2022_-_altera_feriados_municipais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do artigo 1º da Lei 965 de 03 de Fevereiro de 2021 que institui os feriados municipais e dá outras providências.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_07-2022_-_copasa.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_07-2022_-_copasa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Prestação de Serviços pela Companhia de Saneamento de Minas Gerais – Copasa / Terceirizados, nos atendimentos que impliquem em abertura de valas nas Ruas e Logradouros Públicos de Capitão Enéas, e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/pl_09-2022_-_adesao_maos_dadas_2022.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/pl_09-2022_-_adesao_maos_dadas_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza Adesão do Município de Capitão Enéas ao Projeto “Mãos Dadas”, do Governo do Estado de Minas Gerais, para Municipalização das Matrículas dos Anos Iniciais do Ensino Fundamental e dá Outras Providências.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_09-2022_-_modifica_resolucoa_do_concurso.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_09-2022_-_modifica_resolucoa_do_concurso.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Modificações nas Resoluções 05/2021 e 13/2008, e Contém Outras Providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/lei_de_diretrizes_orcamentarias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/lei_de_diretrizes_orcamentarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração e execução da Lei Orçamentária para o exercício financeiro de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_13-2022_-_denomina_via_publica.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_13-2022_-_denomina_via_publica.pdf</t>
   </si>
   <si>
     <t>Fica denominada Rua "Warley Fernandes Pinto Ferreira - Biluda" a Rua 25, situada no Bairro Bela Vista, na planta cadastral do Município.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/pl_18-2022_-_cria_a_escola_de_ensino_tecnico_profissionalizante_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/pl_18-2022_-_cria_a_escola_de_ensino_tecnico_profissionalizante_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Cria a Escola de Ensino Técnico Profissionalizante e dá outras providências.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/460/pl_28-2022.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/460/pl_28-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal efetuar parcelamento de débitos com a CEMIG.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_01-2022_-_aud._publica_plano_de_cargos_e_salarios.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_01-2022_-_aud._publica_plano_de_cargos_e_salarios.pdf</t>
   </si>
   <si>
     <t>Solicita ao Presidente da Câmara Municipal que, em conformidade com a Lei Orgânica, que seja designada a realização de Audiência Pública para debatermos a estruturação do Plano de Cargos, Carreiras e Vencimentos dos Servidores Públicos do Poder Executivo do Município de Capitão Enéas.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_02-2022_-_mocao_de_apoio_aos_servidores_estaduais.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_02-2022_-_mocao_de_apoio_aos_servidores_estaduais.pdf</t>
   </si>
   <si>
     <t>Propositura de Moção de Apoio em solidariedade aos Professores da Rede Estadual de Ensino de Minas Gerais que se encontram em greve.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Gilson da Farmácia, Jorginho</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_03-2022_-_aud._publica_reforma_da_previdencia.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_03-2022_-_aud._publica_reforma_da_previdencia.pdf</t>
   </si>
   <si>
     <t>Audiência Pública para debater a Reforma Administrativa do Regime Próprio de Previdência Social de Capitão Enéas: garantindo o futuro da aposentadoria de nossos servidores.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_06-2022.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_06-2022.pdf</t>
   </si>
   <si>
     <t>Convoca o Ilustríssimo Senhor Secretário Municipal de Saúde, Adriano Souza Santos, para comparecimento na Reunião Ordinária,  no dia 20/09/2022 (terça-feira), às 19h00 (dezenove horas), no Salão Paroquial, Praça da Matriz, s/n, a fim de fazer uso da Tribuna Livre.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_no_01-2022_-_prestacao_de_contas_2018.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_no_01-2022_-_prestacao_de_contas_2018.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Município de Capitão Enéas, Exercício Financeiro do ano de 2018.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_resolucao_-_altera_artigo_155_do_regimento_interno-.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_resolucao_-_altera_artigo_155_do_regimento_interno-.pdf</t>
   </si>
   <si>
     <t>Modifica Dispositivo do Regimento Interno</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/152/emenda_01-22_a_lei_organica_municipal_-_sistema_de_previdencia.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/152/emenda_01-22_a_lei_organica_municipal_-_sistema_de_previdencia.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Art.51-A a Lei Orgânica Municipal para tratar do Sistema de Previdência Social assegurado pelo Regime Próprio de Previdência Social do Município de Capitão Enéas, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>PINFO</t>
   </si>
   <si>
     <t>Pediddo de Informação</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/89/pinfo_01-2022.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/89/pinfo_01-2022.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que sejam enviadas a esta Casa Legislativa informações documentadas do Pró-Infância.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/02-2022_-_pedido_de_informacao_-_prestacao_de_contas.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/02-2022_-_pedido_de_informacao_-_prestacao_de_contas.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado vem respeitosamente, como legítimo representante do povo de Capitão Enéas, solicitar que seja enviado a esta Casa Legislativa, a Prestação de Contas do Executivo Municipal referente ao ano de 2021 e primeiro trimestre de 2022.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/04-2022_-_pedido_de_informacao_-_fundeb.pdf</t>
+    <t>http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/04-2022_-_pedido_de_informacao_-_fundeb.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Fundo de Manutenção e Desenvolvimento da Educação Básica – FUNDEB.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1601,68 +1601,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/69/01-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/70/02-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/71/03-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/72/04-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/73/05-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/74/06-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/75/07-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/76/08-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/77/09-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/78/10-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/79/11-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/80/12-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/81/13-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/82/14-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/83/15-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/84/16-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/85/17-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/86/18-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/92/19-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/93/20-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/21-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/22-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/23-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/24-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/25-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/26-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/27-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/28-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/29-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/30-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/31-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/111/32-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/33-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/112/34-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/35-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/36-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/37-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/38-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/39-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/40_-_vando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/41-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/42-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/44-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/45-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/46-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/124/47-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/48-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/49_-_vando.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/50-jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/51-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/52-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/53-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/54-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/56-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/57-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/58-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/59-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/60-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/61-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/62-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/153/63-_vando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/154/64-_vando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/155/65_-_2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/157/66-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/158/67_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/68-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/160/69_-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/70_-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/156/71_-_2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/162/72-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/73-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/74-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/mocao_01_pesar_-_deley.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/mocao_02_aplausos-_amaury_dias_murca.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/141/mocao_04_aplausos-_adam_renanne.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_05_-_apoio-_ao_projeto_de_lei_que_institui_o_piso_salarial_da_emfermagem.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/mocao_06_pesar-_clara_maria_de_jesus_-_teia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/mocao_07_pesar-_jacy_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_01-2022_-_entidades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_02-2022_-_cessao_de_servidor.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_03-2022_-_atualizacao_dos_vencimentos_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/pl04-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_05-2022_-_altera_feriados_municipais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_07-2022_-_copasa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/pl_09-2022_-_adesao_maos_dadas_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_09-2022_-_modifica_resolucoa_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_13-2022_-_denomina_via_publica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/pl_18-2022_-_cria_a_escola_de_ensino_tecnico_profissionalizante_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/460/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_01-2022_-_aud._publica_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_02-2022_-_mocao_de_apoio_aos_servidores_estaduais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_03-2022_-_aud._publica_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_no_01-2022_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_resolucao_-_altera_artigo_155_do_regimento_interno-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/152/emenda_01-22_a_lei_organica_municipal_-_sistema_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/89/pinfo_01-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/02-2022_-_pedido_de_informacao_-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/04-2022_-_pedido_de_informacao_-_fundeb.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/69/01-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/70/02-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/71/03-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/72/04-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/73/05-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/74/06-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/75/07-2022_-_alex_alves.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/76/08-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/77/09-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/78/10-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/79/11-2022_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/80/12-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/81/13-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/82/14-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/83/15-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/84/16-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/85/17-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/86/18-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/92/19-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/93/20-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/94/21-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/95/22-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/96/23-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/97/24-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/101/25-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/102/26-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/104/27-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/105/28-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/106/29-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/107/30-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/110/31-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/111/32-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/103/33-2022_-_vando.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/112/34-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/113/35-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/114/36-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/108/37-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/109/38-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/115/39-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/116/40_-_vando.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/118/41-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/119/42-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/121/44-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/122/45-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/123/46-2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/124/47-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/125/48-2022_-_oldiney.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/117/49_-_vando.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/130/50-jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/131/51-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/132/52-2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/133/53-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/134/54-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/143/56-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/144/57-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/145/58-gilson_farias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/146/59-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/147/60-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/148/61-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/149/62-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/153/63-_vando.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/154/64-_vando.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/155/65_-_2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/157/66-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/158/67_-_jorge_rocha.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/159/68-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/160/69_-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/161/70_-_2022_-_carlos_orlando.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/156/71_-_2022_-_licio.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/162/72-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/163/73-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/164/74-2022_-_antonio_macedo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/98/mocao_01_pesar_-_deley.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/99/mocao_02_aplausos-_amaury_dias_murca.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/141/mocao_04_aplausos-_adam_renanne.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/137/mocao_05_-_apoio-_ao_projeto_de_lei_que_institui_o_piso_salarial_da_emfermagem.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/138/mocao_06_pesar-_clara_maria_de_jesus_-_teia.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/150/mocao_07_pesar-_jacy_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/88/projeto_de_lei_01-2022_-_entidades_religiosas.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/90/projeto_de_lei_02-2022_-_cessao_de_servidor.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/140/projeto_de_lei_03-2022_-_atualizacao_dos_vencimentos_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/100/pl04-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/91/projeto_de_lei_05-2022_-_altera_feriados_municipais.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/129/projeto_de_lei_07-2022_-_copasa.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/139/pl_09-2022_-_adesao_maos_dadas_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/142/projeto_de_lei_no_09-2022_-_modifica_resolucoa_do_concurso.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/165/lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/166/projeto_de_lei_no_13-2022_-_denomina_via_publica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/170/pl_18-2022_-_cria_a_escola_de_ensino_tecnico_profissionalizante_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/460/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/126/requerimento_01-2022_-_aud._publica_plano_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/127/requerimento_02-2022_-_mocao_de_apoio_aos_servidores_estaduais.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/151/requerimento_03-2022_-_aud._publica_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/172/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/87/projeto_de_resolucao_no_01-2022_-_prestacao_de_contas_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/173/projeto_de_resolucao_-_altera_artigo_155_do_regimento_interno-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/152/emenda_01-22_a_lei_organica_municipal_-_sistema_de_previdencia.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/89/pinfo_01-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/136/02-2022_-_pedido_de_informacao_-_prestacao_de_contas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2022/171/04-2022_-_pedido_de_informacao_-_fundeb.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>