--- v0 (2025-12-24)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1486" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="811">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1626,50 +1626,206 @@
   <si>
     <t>751</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/751/ind_127-2025.pdf</t>
   </si>
   <si>
     <t>Que se oficie ao Executivo Municipal solicitando a criação de um Centro ou Sala de Atendimento Oncológico no Município de Capitão Enéas-MG, com estrutura adequada para acolhimento, orientação e acompanhamento de pacientes em tratamento contra o câncer.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/752/ind__128-2025.pdf</t>
   </si>
   <si>
     <t>Que se oficie ao Executivo Municipal, para que, em consonância à Indicação 606/2025 da Câmara Municipal de Montes Claros, sendo de autoria do vereador Rodrigo Cadeirante, para que possa ser realizada a necessária parceria com a Prefeitura Municipal de Montes Claros para realização de estudos técnicos e viabilidade orçamentária para a construção da Estrada da Produção.</t>
   </si>
   <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/759/ind_130-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando que seja realizado com urgência uma operação tapa-buracos na Rua 15, esquina com a Praça José Esteves Rodrigues, no bairro Sapé, nas proximidades do Bar do Lino.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/754/ind_131-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando a desobstrução e urbanização infraestrutural do logradouro denominado “Dezenove”, no bairro central, assegurando aos moradores: acessibilidade, organização arquitetônica e garantia dos direitos de ressarcimento aos possíveis desapropriados.</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/755/ind_132-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Governador do Estado de Minas Gerais solicitando a construção do Prédio para comportar a Escola Estadual Norte Mineira.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/784/ind_134-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal para que seja elaborado e publicado regulamento específico para os condutores de ambulância, estabelecendo critérios de formação, habilitação, capacitação contínua e condições de trabalho, visando garantir maior segurança aos pacientes transportados e aos próprios profissionais.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/761/ind_135-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando que seja enviado a esta Casa Legislativa o Projeto de Lei Orçamentária Anual (LOA) referente ao exercício de 2026, em conformidade com os prazos e normas estabelecidos pela Constituição Federal, pela Lei Orgânica Municipal e pelo Regimento Interno desta Câmara.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/760/ind_136-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando que sejam adotadas as seguintes providências: Refazer a jardinagem da Praça Cesário Rocha; Praça do Sapé e Promover melhorias na iluminação pública da referida praça, visando maior segurança e bem-estar da população.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/776/ind_137-20251.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando a inserção de projeto de drenagem e escoamento pluvial nos planos de trabalhos de 2026 para as ruas do bairro Central, mais especificamente os seguintes logradouros: Av. Dona Ana Maria, Av. Etelvino Fróes, Rua Dois, Rua Quatro, e ademais.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/777/ind_138-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando que no período das férias escolares sejam realizados oficinas e momentos de lazer aos alunos matriculados nos estabelecimentos escolares do município, em parceria das Secretarias de Educação, Esporte e Desenvolvimento Social, visando a garantia da segurança alimentar e nutricional e a integração social das crianças em nosso município.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/778/ind_139-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal propondo a criação de um espaço ambiental que abranja os bairros Bela Vista, Zona Sul, Morada do Sol e Sapé, visando a preservação ambiental e a não degradação do solo, nascentes e afluentes de rios, através dos descartes irregulares de lixos, entulho e contaminantes.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/783/ind_140-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal que avalie a criação da Brigada Municipal de Emergência, composta por servidores capacitados para atuação imediata em situações de risco, tais como princípios de incêndio, alagamentos, desabamentos, deslizamentos, acidentes com vítimas e outras ocorrências emergenciais que exijam resposta rápida.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/779/ind_141-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando a criação do Centro Musical para a Juventude, visando oportunizar a participação dos jovens e adolescentes na formação e funcionamento da Banda, Orquestra e Coral Municipal.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/780/ind_142-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal solicitando que seja disponibilizado o Defensor Público no âmbito do município de Capitão Enéas, junto a Defensoria Pública do Estado de Minas Gerais.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/781/ind_143-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que se oficie ao Executivo Municipal a proposta de criação do Projeto Geração Sustentável que visa a geração de empregos especialmente para mulheres através do trabalho de cooperativismo, produzindo vassouras e outros instrumentos, reutilizando materiais recicláveis outrora recolhidos pelas associações de catadores municipais.</t>
+  </si>
+  <si>
     <t>594</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposicoes_-_3a_reuniao_-2.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares do Sr. Humberto Souto.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/618/proposicoes_4a_reuniao-6-7.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio a Comunidade Canção Nova em razão da ação ajuizada pelo Ministério Público em face a fundação Joao Paulo II.</t>
   </si>
   <si>
     <t>642</t>
@@ -1719,50 +1875,80 @@
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/656/moc_09-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Secretária Municipal de Desenvolvimento e Ação Social, pela participação na 1ª Ação Cidadão promovida em parceria com a Ouvidoria da Câmara Municipal e o Serviço de Assistência Jurídica Itinerante da Unimontes na Praça do Bairro Sapé.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/739/mocao_10-2025.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Projeto de Lei nº 2628/22, que dispõe sobre a proteção de crianças e adolescentes em ambiente digitais.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/746/mocao_impressao.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar nº 11/2025 – aos familiares da Sra. Marilene Gonçalves dos Santos.</t>
   </si>
   <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_14-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao Rotary Club Capitão Enéas, que, ao longo dos 55 anos de fundação presta relevantes serviços à comunidade eneapolitana, ao estado de Minas Gerais, ao Brasil e à toda comunidade ao redor do mundo.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mocao_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apoio ao Vereador Rodrigo Cadeirante - UNIÃO de Montes Claros/MG.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>Hugo Lopes, Ney da Câmara</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/782/mocao_de_pesar_no_16-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar aos familiares da Senhora Maria José Mendes - Dona Zezé.</t>
+  </si>
+  <si>
     <t>590</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/590/pl-01-20252.pdf</t>
   </si>
   <si>
     <t>Reconhecimento de Utilidade Pública da Associação de Mães e Amigos dos Autistas de Capitão Enéas - MG.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>Hugo Lopes, Toninho Macedo</t>
   </si>
   <si>
     <t>Dispõe sobre a proteção e recolhimento dos animais soltos nas ruas do município e dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
@@ -1929,50 +2115,95 @@
   <si>
     <t>724</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/724/pl_22-2025_-_programa_frentes_produtivas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Frentes produtivas", que Dispõe Sobre Ações de Qualificação Profissional, Incentivo à Educação e Apoio à Geração de Trabalho e Renda para Cidadãos em Situação de Vulnerabilidade Socioeconômica no Município de Capitão Enéas, e dá outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/725/pl_23-2025_-_reestruturacao_-_auxiliar_de_servicos_gerais.pdf</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/753/pl_no_24-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do “Projeto Avenidas de Nossa História”, que determina a obrigatoriedade de descrição nas placas dos logradouros oficiais do Município de Capitão Enéas, contendo ementa informativa sobre sua denominação, e dá outras providências.</t>
   </si>
   <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/804/pl_25-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aplicação de multas e outras sanções para o descarte irregular de entulhos e lixo em áreas públicas ou particulares no Município de Capitão Enéas.</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/805/pl_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o direito à licença-paternidade dos servidores públicos do Município de Capitão Enéas e estabelece direitos correlatos à parentalidade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/806/pl_27-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reconhecimento dos Centros Municipais de Educação Infantil (CEMEI), Escolas Municipais e Estaduais integrantes da Rede Pública Municipal de Ensino de Capitão Enéas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/807/pl_28-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a alterar o percentual para suplementação das dotações do Orçamento para o Exercício de 2025.</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/808/pl_29-2025_-_enviado_para_comissao.pdf</t>
+  </si>
+  <si>
+    <t>Fica denominado "CEMEI MARIA JOSÉ MENDES - Dona Zezé" o CEMEI construído no bairro Morada do Sol.</t>
+  </si>
+  <si>
     <t>591</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento-_-_audiencia_publica.pdf</t>
   </si>
   <si>
     <t>Realização de Audiência Pública para tratarmos sobre "trânsito, posturas municipais e mobilidade urbana".</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/616/proposicoes_-_3a_reuniao_-paginas-3.pdf</t>
   </si>
   <si>
     <t>Realização de Audiência Pública com a Companhia de Saneamento de Minas Gerais – Copasa, Audiência Pública para debater a prestação de serviços da Companhia de Saneamento de Minas Gerais (Copasa). “Abastecimento de água, coleta e tratamento do esgoto e melhor eficiência na execução das manutenções evitando impactos no trânsito e nas vias públicas.”</t>
   </si>
   <si>
     <t>621</t>
@@ -2008,50 +2239,59 @@
     <t>631</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/631/req-06-2025.pdf</t>
   </si>
   <si>
     <t>Vem requerer ao Presidente da Câmara Municipal que, em conformidade com a Lei Orgânica, seja designada a realização de Audiência Pública sobre os problemas e desafios da Educação Municipal.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/668/req_07-2025.pdf</t>
   </si>
   <si>
     <t>Realização de Audiência Pública com o tema: "Combate e enfrentamento à todas as formas de violência contra Mulheres no município de Capitão Enéas."</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/690/req_08-2025_000.pdf</t>
   </si>
   <si>
     <t>Vem requerer ao Presidente da Câmara Municipal que, em conformidade com a Lei Orgânica, seja designada a realização de Audiência Pública em alusão ao Dia Mundial do Meio Ambiente no mês de junho, em data a ser definida por esta Presidência, e que seja transmitida pelos canais oficiais da Câmara Municipal, garantindo ampla divulgação e participação da sociedade.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/786/req_09-2025.pdf</t>
+  </si>
+  <si>
+    <t>Vem requerer ao Presidente da Câmara Municipal que, em conformidade com a Lei Orgânica, seja designada a realização de Audiência Pública com o Instituto Municipal de Previdência dos Servidores Públicos de Capitão Enéas – PREVCAP, com o objetivo de esclarecer e debater assuntos relacionados à gestão previdenciária, situação financeira e direitos dos servidores.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/564/pre-01-2025.pdf</t>
   </si>
   <si>
     <t>Modifica Dispositivo do Regimento Interno</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/632/pre-02-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de Sessão Solene em homenagem ao Dia Internacional da Mulher na Câmara Municipal de Capitão Enéas/MG e dá outras providências.</t>
   </si>
@@ -2201,63 +2441,90 @@
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/719/pinfo_10-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações quanto as Emendas Impositivas de sua autoria de votadas em 2024.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/747/pinfo__11-2025.pdf</t>
   </si>
   <si>
     <t>Vem requerer que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal, solicitando o envio a esta Casa Legislativa de informações detalhadas sobre os profissionais médicos que atualmente prestam serviços no município.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/748/pinfo_12-2025.pdf</t>
   </si>
   <si>
     <t>Vem requerer que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal, solicitando o envio a esta Casa Legislativa de informações atualizadas sobre o andamento das seguintes obras públicas em nosso município: Construção da Unidade Básica de Saúde (UBS) do Bairro Morada do Sol; Continuidade da pavimentação das seguintes vias: Rua S2; Rua Valeriano Martins de Souza; Rua 44 e Rua Antônio Ferreira de Pinho.</t>
   </si>
   <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/757/pinfo_13-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ofício ao Excelentíssimo Senhor Prefeito Municipal, solicitando o que segue: 1. Que o Poder Executivo informe a esta Câmara Municipal os valores totais destinados à execução das obras de pavimentação das ruas e avenidas do Município, incluindo a zona urbana e rural, especificando: Avenida Burarama; demais ruas que tenham apresentado problemas de drenagem e falta de meios-fios; outras vias pavimentadas recentemente. 2. Que sejam informadas também: As empresas contratadas responsáveis pela execução das obras; as fontes de recursos (municipais, estaduais ou federais); os valores individualizados por obra; os prazos de execução e conclusão; E se há previsão ou instalação das placas informativas obrigatórias, contendo dados sobre o valor total, prazo e fonte de recurso, conforme determina os princípios constitucionais e legais.</t>
+  </si>
+  <si>
     <t>664</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/664/veto_01-2025.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei nº 05/2025 – Dispõe sobre alteração a Lei Municipal nº 929 de 26 de dezembro de 2018 “Que estabelece o calendário oficial de eventos do Município de Capitão Enéas e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>EM</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>Juliana do Salão, Tássio Dutra</t>
+  </si>
+  <si>
+    <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/758/emenda_modificativa_no_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao Projeto de Lei nº 24/2025 – Dispõe sobre a aplicação do “Projeto Avenidas de Nossa História”, que determina a obrigatoriedade de descrição nas placas dos logradouros oficiais do Município de Capitão Enéas, contendo ementa informativa sobre sua denominação, e dá outras providências.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>PTCMG</t>
   </si>
   <si>
     <t>Parecer Prévio - TCEMG</t>
   </si>
   <si>
     <t>https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/623/09_-_parecer.pdf</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas do Estado de Minas Gerais, referente às Contas do Executivo do Exercício de 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2576,56 +2843,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/565/ind-01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/566/ind-02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/567/ind-03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/568/ind-04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/569/ind-05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/570/ind-06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/571/ind-07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/572/ind-08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/573/ind-09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/574/ind-10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/575/ind-11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/576/ind-12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/577/ind-13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/578/ind-14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/579/ind-15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/580/ind-16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/581/ind-17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/582/ind-18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/583/ind-19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/584/ind-20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/585/ind-21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/586/ind-22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/587/ind-23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/588/ind-24-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/589/ind-25-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/596/proposicoes_-_3a_reuniao_-16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/597/proposicoes_-_3a_reuniao_-15.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/598/proposicoes_-_3a_reuniao_-14.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/599/proposicoes_-_3a_reuniao_-13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/600/proposicoes_-_3a_reuniao_-12.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/601/proposicoes_-_3a_reuniao_-11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/602/proposicoes_-_3a_reuniao_-10.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/603/proposicoes_-_3a_reuniao_-9.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/604/proposicoes_-_3a_reuniao_-8.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/605/proposicoes_-_3a_reuniao_-7.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/606/proposicoes_-_3a_reuniao_-6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/609/proposicoes_-_3a_reuniao_-5.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/610/proposicoes_-_3a_reuniao_-4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/611/ind_-_39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/612/ind_-_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/607/ind-41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/608/ind_-_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/619/proposicoes_5a_reuniao_ordinaria-4-6.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/620/proposicoes_5a_reuniao_ordinaria-3.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/624/ind-046-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/625/ind-047-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/626/ind-048-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/627/ind-049-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/628/ind-050-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/629/ind-051-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/634/proposioaes_7_reuniuo-piginas-1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/635/proposioaes_7_reuniuo-piginas-2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/636/proposioaes_7_reuniuo-piginas-3.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/637/proposioaes_7_reuniuo-piginas-4.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/638/proposioaes_7_reuniuo-piginas-5.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/639/proposioaes_7_reuniuo-piginas-6.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/640/proposioaes_7_reuniuo-piginas-7.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/641/proposioaes_7_reuniuo-piginas-8.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/660/ind_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/661/ind_61-20251.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/665/ind_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/662/ind_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/671/ind_64-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/673/ind_65-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/666/ind_66-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/675/ind_67-20251.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/676/ind_68-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/674/ind_69-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/672/ind_70-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/677/ind_71-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/682/ind_72-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/683/ind_73-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/684/ind_74-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/685/ind_75-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/686/ind_76-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/687/ind_77-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/688/ind_78-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/689/ind_79-2025_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/692/ind_80-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/693/ind_81-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/694/ind_82-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/696/ind_83-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/697/ind_84-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/698/ind_85-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/699/ind_86-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/700/ind_87-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/701/ind_88-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/702/ind_89-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/703/ind_90-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/704/ind_91-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/705/ind_92-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/650/ind_93-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/652/ind_95-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/653/ind_96-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/654/ind_97-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/726/ind_98-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/727/ind_99-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/728/ind_100-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/706/ind_101-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/707/ind_102-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/708/ind_103-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/729/ind_104-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/730/ind_105-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/731/ind_106-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/732/ind_107-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/733/ind_108-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/737/ind_109-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/738/ind_110-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/711/ind_111-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/712/ind_112-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/713/ind_113-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/714/ind_114-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/715/ind_115-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/716/ind_116-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/749/ind_117-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/740/ind_118-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/741/ind_119-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/742/ind_120-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/743/ind_121-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/744/ind_122-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/745/ind_123-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/751/ind_127-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/752/ind__128-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposicoes_-_3a_reuniao_-2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/618/proposicoes_4a_reuniao-6-7.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/642/proposioaes_7_reuniuo-piginas-9.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/667/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/695/mocao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/655/moc_08-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/656/moc_09-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/739/mocao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/746/mocao_impressao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/590/pl-01-20252.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/595/pl_no_03-2025_-_frente_de_servico.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_complementar_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/614/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/644/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/645/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/669/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/670/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/680/pl_10-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/681/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/658/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/710/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/659/pl_15-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/736/pl_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/717/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/721/pl_19-2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/722/pl_20-2025_-_reestruturacao_saude.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/723/pl_21-2025_-_reestruturacao_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/724/pl_22-2025_-_programa_frentes_produtivas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/725/pl_23-2025_-_reestruturacao_-_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/753/pl_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento-_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/616/proposicoes_-_3a_reuniao_-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/621/proposicoes_5a_reuniao_ordinaria-2.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/622/proposicoes_5a_reuniao_ordinaria-1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/630/req-05-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/631/req-06-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/668/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/690/req_08-2025_000.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/564/pre-01-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/632/pre-02-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/633/pre-03-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/643/pre_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/691/pre_07-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/720/pre_08-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/617/proposicoes_-_3a_reuniao_-paginas-1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/663/pinfo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/679/pinfo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/657/pinfo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/709/pinfo_05-20251.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/734/pinfo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/735/pinfo_07-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/718/pinfo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/719/pinfo_10-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/747/pinfo__11-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/748/pinfo_12-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/664/veto_01-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/623/09_-_parecer.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/565/ind-01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/566/ind-02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/567/ind-03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/568/ind-04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/569/ind-05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/570/ind-06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/571/ind-07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/572/ind-08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/573/ind-09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/574/ind-10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/575/ind-11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/576/ind-12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/577/ind-13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/578/ind-14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/579/ind-15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/580/ind-16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/581/ind-17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/582/ind-18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/583/ind-19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/584/ind-20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/585/ind-21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/586/ind-22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/587/ind-23-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/588/ind-24-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/589/ind-25-25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/596/proposicoes_-_3a_reuniao_-16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/597/proposicoes_-_3a_reuniao_-15.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/598/proposicoes_-_3a_reuniao_-14.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/599/proposicoes_-_3a_reuniao_-13.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/600/proposicoes_-_3a_reuniao_-12.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/601/proposicoes_-_3a_reuniao_-11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/602/proposicoes_-_3a_reuniao_-10.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/603/proposicoes_-_3a_reuniao_-9.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/604/proposicoes_-_3a_reuniao_-8.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/605/proposicoes_-_3a_reuniao_-7.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/606/proposicoes_-_3a_reuniao_-6.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/609/proposicoes_-_3a_reuniao_-5.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/610/proposicoes_-_3a_reuniao_-4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/611/ind_-_39-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/612/ind_-_40-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/607/ind-41-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/608/ind_-_42-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/619/proposicoes_5a_reuniao_ordinaria-4-6.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/620/proposicoes_5a_reuniao_ordinaria-3.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/624/ind-046-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/625/ind-047-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/626/ind-048-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/627/ind-049-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/628/ind-050-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/629/ind-051-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/634/proposioaes_7_reuniuo-piginas-1.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/635/proposioaes_7_reuniuo-piginas-2.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/636/proposioaes_7_reuniuo-piginas-3.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/637/proposioaes_7_reuniuo-piginas-4.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/638/proposioaes_7_reuniuo-piginas-5.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/639/proposioaes_7_reuniuo-piginas-6.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/640/proposioaes_7_reuniuo-piginas-7.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/641/proposioaes_7_reuniuo-piginas-8.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/660/ind_60-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/661/ind_61-20251.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/665/ind_62-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/662/ind_63-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/671/ind_64-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/673/ind_65-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/666/ind_66-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/675/ind_67-20251.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/676/ind_68-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/674/ind_69-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/672/ind_70-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/677/ind_71-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/682/ind_72-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/683/ind_73-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/684/ind_74-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/685/ind_75-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/686/ind_76-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/687/ind_77-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/688/ind_78-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/689/ind_79-2025_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/692/ind_80-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/693/ind_81-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/694/ind_82-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/696/ind_83-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/697/ind_84-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/698/ind_85-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/699/ind_86-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/700/ind_87-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/701/ind_88-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/702/ind_89-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/703/ind_90-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/704/ind_91-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/705/ind_92-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/650/ind_93-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/652/ind_95-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/653/ind_96-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/654/ind_97-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/726/ind_98-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/727/ind_99-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/728/ind_100-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/706/ind_101-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/707/ind_102-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/708/ind_103-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/729/ind_104-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/730/ind_105-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/731/ind_106-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/732/ind_107-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/733/ind_108-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/737/ind_109-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/738/ind_110-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/711/ind_111-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/712/ind_112-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/713/ind_113-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/714/ind_114-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/715/ind_115-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/716/ind_116-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/749/ind_117-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/740/ind_118-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/741/ind_119-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/742/ind_120-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/743/ind_121-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/744/ind_122-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/745/ind_123-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/751/ind_127-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/752/ind__128-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/759/ind_130-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/754/ind_131-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/755/ind_132-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/784/ind_134-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/761/ind_135-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/760/ind_136-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/776/ind_137-20251.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/777/ind_138-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/778/ind_139-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/783/ind_140-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/779/ind_141-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/780/ind_142-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/781/ind_143-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/594/proposicoes_-_3a_reuniao_-2.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/618/proposicoes_4a_reuniao-6-7.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/642/proposioaes_7_reuniuo-piginas-9.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/667/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/695/mocao_07-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/655/moc_08-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/656/moc_09-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/739/mocao_10-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/746/mocao_impressao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/756/mocao_14-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/785/mocao_15-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/782/mocao_de_pesar_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/590/pl-01-20252.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/595/pl_no_03-2025_-_frente_de_servico.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_complementar_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/614/pl_05-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/644/pl_06-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/645/pl_07-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/669/pl_08-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/670/pl_09-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/680/pl_10-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/681/pl_11-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/658/pl_12-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/710/pl_14-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/659/pl_15-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/736/pl_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/717/pl_18-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/721/pl_19-2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/722/pl_20-2025_-_reestruturacao_saude.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/723/pl_21-2025_-_reestruturacao_-_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/724/pl_22-2025_-_programa_frentes_produtivas.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/725/pl_23-2025_-_reestruturacao_-_auxiliar_de_servicos_gerais.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/753/pl_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/804/pl_25-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/805/pl_26-2026.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/806/pl_27-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/807/pl_28-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/808/pl_29-2025_-_enviado_para_comissao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento-_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/616/proposicoes_-_3a_reuniao_-paginas-3.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/621/proposicoes_5a_reuniao_ordinaria-2.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/622/proposicoes_5a_reuniao_ordinaria-1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/630/req-05-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/631/req-06-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/668/req_07-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/690/req_08-2025_000.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/786/req_09-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/564/pre-01-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/632/pre-02-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/633/pre-03-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/643/pre_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/691/pre_07-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/720/pre_08-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/617/proposicoes_-_3a_reuniao_-paginas-1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/663/pinfo_02-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/679/pinfo_03-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/657/pinfo_04-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/709/pinfo_05-20251.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/734/pinfo_06-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/735/pinfo_07-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/718/pinfo_09-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/719/pinfo_10-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/747/pinfo__11-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/748/pinfo_12-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/757/pinfo_13-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/664/veto_01-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/758/emenda_modificativa_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.capitaoeneas.mg.leg.br/media/sapl/public/materialegislativa/2025/623/09_-_parecer.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H186"/>
+  <dimension ref="A1:H210"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="131.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -5855,1620 +6122,2244 @@
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>49</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>522</v>
       </c>
       <c r="H125" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>524</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>525</v>
       </c>
       <c r="D126" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
+        <v>12</v>
+      </c>
+      <c r="F126" t="s">
+        <v>18</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="F126" t="s">
-[...2 lines deleted...]
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>528</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
         <v>529</v>
       </c>
-      <c r="B127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D127" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H127" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>532</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>22</v>
+        <v>533</v>
       </c>
       <c r="D128" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F128" t="s">
-        <v>105</v>
+        <v>49</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H128" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>31</v>
+        <v>537</v>
       </c>
       <c r="D129" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="H129" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>35</v>
+        <v>541</v>
       </c>
       <c r="D130" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>379</v>
+        <v>23</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="H130" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>40</v>
+        <v>545</v>
       </c>
       <c r="D131" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F131" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H131" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>44</v>
+        <v>549</v>
       </c>
       <c r="D132" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="H132" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>48</v>
+        <v>553</v>
       </c>
       <c r="D133" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="H133" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>549</v>
+        <v>556</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>53</v>
+        <v>557</v>
       </c>
       <c r="D134" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E134" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="H134" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>57</v>
+        <v>561</v>
       </c>
       <c r="D135" t="s">
-        <v>525</v>
+        <v>11</v>
       </c>
       <c r="E135" t="s">
-        <v>526</v>
+        <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>553</v>
+        <v>562</v>
       </c>
       <c r="H135" t="s">
-        <v>554</v>
+        <v>563</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>555</v>
+        <v>564</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>565</v>
       </c>
       <c r="D136" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="E136" t="s">
-        <v>557</v>
+        <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="H136" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>17</v>
+        <v>569</v>
       </c>
       <c r="D137" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="E137" t="s">
-        <v>557</v>
+        <v>12</v>
       </c>
       <c r="F137" t="s">
-        <v>561</v>
+        <v>49</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>514</v>
+        <v>570</v>
       </c>
       <c r="H137" t="s">
-        <v>562</v>
+        <v>571</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>563</v>
+        <v>572</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>22</v>
+        <v>573</v>
       </c>
       <c r="D138" t="s">
-        <v>556</v>
+        <v>11</v>
       </c>
       <c r="E138" t="s">
-        <v>557</v>
+        <v>12</v>
       </c>
       <c r="F138" t="s">
-        <v>564</v>
+        <v>49</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>565</v>
+        <v>574</v>
       </c>
       <c r="H138" t="s">
-        <v>566</v>
+        <v>575</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>567</v>
+        <v>576</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E139" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F139" t="s">
-        <v>568</v>
+        <v>379</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="H139" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="D140" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E140" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F140" t="s">
-        <v>118</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="H140" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="D141" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E141" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F141" t="s">
-        <v>379</v>
+        <v>105</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="H141" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>587</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>31</v>
+      </c>
+      <c r="D142" t="s">
         <v>577</v>
       </c>
-      <c r="B142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F142" t="s">
-        <v>564</v>
+        <v>105</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>578</v>
+        <v>514</v>
       </c>
       <c r="H142" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>580</v>
+        <v>589</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D143" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E143" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F143" t="s">
-        <v>581</v>
+        <v>379</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="H143" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D144" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E144" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F144" t="s">
-        <v>564</v>
+        <v>49</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
       <c r="H144" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D145" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E145" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F145" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="H145" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D146" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E146" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F146" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
       <c r="H146" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="D147" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E147" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F147" t="s">
         <v>18</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="H147" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="D148" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E148" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F148" t="s">
-        <v>597</v>
+        <v>67</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="H148" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D149" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E149" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F149" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="H149" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D150" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E150" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F150" t="s">
         <v>18</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="H150" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="D151" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="E151" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
       <c r="F151" t="s">
-        <v>49</v>
+        <v>614</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="H151" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D152" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E152" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F152" t="s">
-        <v>564</v>
+        <v>18</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H152" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="D153" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E153" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F153" t="s">
-        <v>564</v>
+        <v>623</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>613</v>
+        <v>514</v>
       </c>
       <c r="H153" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
       <c r="D154" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E154" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F154" t="s">
-        <v>564</v>
+        <v>626</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
       <c r="H154" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>617</v>
+        <v>629</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>104</v>
+        <v>27</v>
       </c>
       <c r="D155" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E155" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F155" t="s">
-        <v>564</v>
+        <v>630</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="H155" t="s">
-        <v>619</v>
+        <v>632</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="D156" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E156" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F156" t="s">
-        <v>564</v>
+        <v>118</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="H156" t="s">
-        <v>614</v>
+        <v>635</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>622</v>
+        <v>636</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>113</v>
+        <v>35</v>
       </c>
       <c r="D157" t="s">
-        <v>556</v>
+        <v>618</v>
       </c>
       <c r="E157" t="s">
-        <v>557</v>
+        <v>619</v>
       </c>
       <c r="F157" t="s">
-        <v>49</v>
+        <v>379</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
       <c r="H157" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D158" t="s">
+        <v>618</v>
+      </c>
+      <c r="E158" t="s">
+        <v>619</v>
+      </c>
+      <c r="F158" t="s">
         <v>626</v>
       </c>
-      <c r="E158" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G158" s="1" t="s">
-        <v>628</v>
+        <v>640</v>
       </c>
       <c r="H158" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>630</v>
+        <v>642</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D159" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E159" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F159" t="s">
-        <v>18</v>
+        <v>643</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>631</v>
+        <v>644</v>
       </c>
       <c r="H159" t="s">
-        <v>632</v>
+        <v>645</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="D160" t="s">
+        <v>618</v>
+      </c>
+      <c r="E160" t="s">
+        <v>619</v>
+      </c>
+      <c r="F160" t="s">
         <v>626</v>
       </c>
-      <c r="E160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G160" s="1" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="H160" t="s">
-        <v>636</v>
+        <v>648</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>637</v>
+        <v>649</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="D161" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E161" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F161" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>638</v>
+        <v>650</v>
       </c>
       <c r="H161" t="s">
-        <v>639</v>
+        <v>651</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>640</v>
+        <v>652</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="D162" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E162" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F162" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>641</v>
+        <v>653</v>
       </c>
       <c r="H162" t="s">
-        <v>642</v>
+        <v>654</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>643</v>
+        <v>655</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="D163" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E163" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F163" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>644</v>
+        <v>656</v>
       </c>
       <c r="H163" t="s">
-        <v>645</v>
+        <v>657</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>646</v>
+        <v>658</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D164" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E164" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F164" t="s">
-        <v>49</v>
+        <v>659</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="H164" t="s">
-        <v>648</v>
+        <v>661</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>649</v>
+        <v>662</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="D165" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="E165" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="F165" t="s">
-        <v>92</v>
+        <v>23</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>650</v>
+        <v>663</v>
       </c>
       <c r="H165" t="s">
-        <v>651</v>
+        <v>664</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>652</v>
+        <v>665</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>79</v>
       </c>
       <c r="D166" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E166" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F166" t="s">
-        <v>379</v>
+        <v>18</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="H166" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="D167" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E167" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F167" t="s">
-        <v>568</v>
+        <v>49</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
       <c r="H167" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>22</v>
+        <v>91</v>
       </c>
       <c r="D168" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E168" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F168" t="s">
-        <v>568</v>
+        <v>626</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="H168" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>27</v>
+        <v>96</v>
       </c>
       <c r="D169" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E169" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F169" t="s">
-        <v>92</v>
+        <v>626</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="H169" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="D170" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E170" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F170" t="s">
-        <v>379</v>
+        <v>626</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="H170" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="D171" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E171" t="s">
-        <v>654</v>
+        <v>619</v>
+      </c>
+      <c r="F171" t="s">
+        <v>626</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="H171" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>40</v>
+        <v>109</v>
       </c>
       <c r="D172" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E172" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F172" t="s">
-        <v>379</v>
+        <v>626</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="H172" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="D173" t="s">
-        <v>653</v>
+        <v>618</v>
       </c>
       <c r="E173" t="s">
-        <v>654</v>
+        <v>619</v>
       </c>
       <c r="F173" t="s">
-        <v>379</v>
+        <v>49</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
       <c r="H173" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="D174" t="s">
-        <v>678</v>
+        <v>618</v>
       </c>
       <c r="E174" t="s">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="F174" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="H174" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="D175" t="s">
-        <v>678</v>
+        <v>618</v>
       </c>
       <c r="E175" t="s">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="F175" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="H175" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="D176" t="s">
-        <v>678</v>
+        <v>618</v>
       </c>
       <c r="E176" t="s">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="F176" t="s">
-        <v>23</v>
+        <v>626</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="H176" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="D177" t="s">
-        <v>678</v>
+        <v>618</v>
       </c>
       <c r="E177" t="s">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="F177" t="s">
-        <v>23</v>
+        <v>626</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="H177" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="D178" t="s">
-        <v>678</v>
+        <v>618</v>
       </c>
       <c r="E178" t="s">
-        <v>679</v>
+        <v>619</v>
       </c>
       <c r="F178" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="H178" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D179" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
       <c r="E179" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F179" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="H179" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D180" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
       <c r="E180" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F180" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H180" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="D181" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
       <c r="E181" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F181" t="s">
-        <v>23</v>
+        <v>711</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="H181" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>714</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>27</v>
+      </c>
+      <c r="D182" t="s">
         <v>703</v>
       </c>
-      <c r="B182" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E182" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F182" t="s">
         <v>23</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>704</v>
+        <v>715</v>
       </c>
       <c r="H182" t="s">
-        <v>705</v>
+        <v>716</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>706</v>
+        <v>717</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="D183" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
       <c r="E183" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F183" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="H183" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="D184" t="s">
-        <v>678</v>
+        <v>703</v>
       </c>
       <c r="E184" t="s">
-        <v>679</v>
+        <v>704</v>
       </c>
       <c r="F184" t="s">
         <v>23</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
       <c r="H184" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="D185" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="E185" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="F185" t="s">
-        <v>564</v>
+        <v>49</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="H185" t="s">
-        <v>716</v>
+        <v>725</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>717</v>
+        <v>726</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
+        <v>44</v>
+      </c>
+      <c r="D186" t="s">
+        <v>703</v>
+      </c>
+      <c r="E186" t="s">
+        <v>704</v>
+      </c>
+      <c r="F186" t="s">
+        <v>92</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H186" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>729</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>48</v>
+      </c>
+      <c r="D187" t="s">
+        <v>703</v>
+      </c>
+      <c r="E187" t="s">
+        <v>704</v>
+      </c>
+      <c r="F187" t="s">
+        <v>23</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H187" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>732</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>10</v>
       </c>
-      <c r="D186" t="s">
-[...9 lines deleted...]
-        <v>721</v>
+      <c r="D188" t="s">
+        <v>733</v>
+      </c>
+      <c r="E188" t="s">
+        <v>734</v>
+      </c>
+      <c r="F188" t="s">
+        <v>379</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H188" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>737</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" t="s">
+        <v>733</v>
+      </c>
+      <c r="E189" t="s">
+        <v>734</v>
+      </c>
+      <c r="F189" t="s">
+        <v>630</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H189" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>740</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>22</v>
+      </c>
+      <c r="D190" t="s">
+        <v>733</v>
+      </c>
+      <c r="E190" t="s">
+        <v>734</v>
+      </c>
+      <c r="F190" t="s">
+        <v>630</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H190" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>743</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>27</v>
+      </c>
+      <c r="D191" t="s">
+        <v>733</v>
+      </c>
+      <c r="E191" t="s">
+        <v>734</v>
+      </c>
+      <c r="F191" t="s">
+        <v>92</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H191" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>746</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>31</v>
+      </c>
+      <c r="D192" t="s">
+        <v>733</v>
+      </c>
+      <c r="E192" t="s">
+        <v>734</v>
+      </c>
+      <c r="F192" t="s">
+        <v>379</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H192" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>749</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>35</v>
+      </c>
+      <c r="D193" t="s">
+        <v>733</v>
+      </c>
+      <c r="E193" t="s">
+        <v>734</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H193" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>752</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>40</v>
+      </c>
+      <c r="D194" t="s">
+        <v>733</v>
+      </c>
+      <c r="E194" t="s">
+        <v>734</v>
+      </c>
+      <c r="F194" t="s">
+        <v>379</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H194" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>755</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>44</v>
+      </c>
+      <c r="D195" t="s">
+        <v>733</v>
+      </c>
+      <c r="E195" t="s">
+        <v>734</v>
+      </c>
+      <c r="F195" t="s">
+        <v>379</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H195" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>757</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>10</v>
+      </c>
+      <c r="D196" t="s">
+        <v>758</v>
+      </c>
+      <c r="E196" t="s">
+        <v>759</v>
+      </c>
+      <c r="F196" t="s">
+        <v>49</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H196" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>762</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>17</v>
+      </c>
+      <c r="D197" t="s">
+        <v>758</v>
+      </c>
+      <c r="E197" t="s">
+        <v>759</v>
+      </c>
+      <c r="F197" t="s">
+        <v>23</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H197" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>765</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>22</v>
+      </c>
+      <c r="D198" t="s">
+        <v>758</v>
+      </c>
+      <c r="E198" t="s">
+        <v>759</v>
+      </c>
+      <c r="F198" t="s">
+        <v>23</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H198" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>768</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>27</v>
+      </c>
+      <c r="D199" t="s">
+        <v>758</v>
+      </c>
+      <c r="E199" t="s">
+        <v>759</v>
+      </c>
+      <c r="F199" t="s">
+        <v>23</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H199" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>771</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>31</v>
+      </c>
+      <c r="D200" t="s">
+        <v>758</v>
+      </c>
+      <c r="E200" t="s">
+        <v>759</v>
+      </c>
+      <c r="F200" t="s">
+        <v>23</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H200" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>774</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>35</v>
+      </c>
+      <c r="D201" t="s">
+        <v>758</v>
+      </c>
+      <c r="E201" t="s">
+        <v>759</v>
+      </c>
+      <c r="F201" t="s">
+        <v>23</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H201" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>777</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>40</v>
+      </c>
+      <c r="D202" t="s">
+        <v>758</v>
+      </c>
+      <c r="E202" t="s">
+        <v>759</v>
+      </c>
+      <c r="F202" t="s">
+        <v>23</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H202" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>780</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>48</v>
+      </c>
+      <c r="D203" t="s">
+        <v>758</v>
+      </c>
+      <c r="E203" t="s">
+        <v>759</v>
+      </c>
+      <c r="F203" t="s">
+        <v>23</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H203" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>783</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>53</v>
+      </c>
+      <c r="D204" t="s">
+        <v>758</v>
+      </c>
+      <c r="E204" t="s">
+        <v>759</v>
+      </c>
+      <c r="F204" t="s">
+        <v>23</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H204" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>786</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>57</v>
+      </c>
+      <c r="D205" t="s">
+        <v>758</v>
+      </c>
+      <c r="E205" t="s">
+        <v>759</v>
+      </c>
+      <c r="F205" t="s">
+        <v>23</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H205" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>789</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>61</v>
+      </c>
+      <c r="D206" t="s">
+        <v>758</v>
+      </c>
+      <c r="E206" t="s">
+        <v>759</v>
+      </c>
+      <c r="F206" t="s">
+        <v>23</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H206" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>792</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>66</v>
+      </c>
+      <c r="D207" t="s">
+        <v>758</v>
+      </c>
+      <c r="E207" t="s">
+        <v>759</v>
+      </c>
+      <c r="F207" t="s">
+        <v>23</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H207" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>795</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>10</v>
+      </c>
+      <c r="D208" t="s">
+        <v>796</v>
+      </c>
+      <c r="E208" t="s">
+        <v>797</v>
+      </c>
+      <c r="F208" t="s">
+        <v>626</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H208" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>800</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>10</v>
+      </c>
+      <c r="D209" t="s">
+        <v>801</v>
+      </c>
+      <c r="E209" t="s">
+        <v>802</v>
+      </c>
+      <c r="F209" t="s">
+        <v>803</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H209" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>806</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>10</v>
+      </c>
+      <c r="D210" t="s">
+        <v>807</v>
+      </c>
+      <c r="E210" t="s">
+        <v>808</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H210" t="s">
+        <v>810</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7614,50 +8505,74 @@
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>